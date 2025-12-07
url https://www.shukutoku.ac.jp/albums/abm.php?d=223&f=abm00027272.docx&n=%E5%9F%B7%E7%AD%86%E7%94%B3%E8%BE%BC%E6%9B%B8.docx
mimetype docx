--- v0 (2025-10-08)
+++ v1 (2025-12-07)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="527A854A" w14:textId="77777777" w:rsidR="00CF5A0C" w:rsidRDefault="00CF5A0C" w:rsidP="00CF5A0C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">　　</w:t>
@@ -146,89 +146,89 @@
         <w:t>様</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32E05621" w14:textId="77777777" w:rsidR="00CF5A0C" w:rsidRPr="00235592" w:rsidRDefault="00CF5A0C" w:rsidP="00CF5A0C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6355045B" w14:textId="77777777" w:rsidR="00CF5A0C" w:rsidRPr="00D410DB" w:rsidRDefault="00CF5A0C" w:rsidP="00CF5A0C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F950521" w14:textId="56C7FED2" w:rsidR="00CF5A0C" w:rsidRPr="00D410DB" w:rsidRDefault="00CF5A0C" w:rsidP="00CF5A0C">
+    <w:p w14:paraId="4F950521" w14:textId="54651BA2" w:rsidR="00CF5A0C" w:rsidRPr="00D410DB" w:rsidRDefault="00CF5A0C" w:rsidP="00CF5A0C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D410DB">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>大学院総合福祉研究科研究紀要　第</w:t>
       </w:r>
       <w:r w:rsidR="00CA0AAD" w:rsidRPr="002D56B5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00BB7B58">
+      <w:r w:rsidR="000B62DE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00D410DB">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>号　執筆申込み</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22F29650" w14:textId="77777777" w:rsidR="00CF5A0C" w:rsidRPr="00D410DB" w:rsidRDefault="00CF5A0C" w:rsidP="00CF5A0C">
       <w:pPr>
         <w:rPr>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F7D2DF0" w14:textId="77777777" w:rsidR="00CF5A0C" w:rsidRPr="00D410DB" w:rsidRDefault="00CF5A0C" w:rsidP="00CF5A0C">
       <w:pPr>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:rPr>
@@ -977,133 +977,133 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="536452B9" w14:textId="77777777" w:rsidR="00CF5A0C" w:rsidRPr="00D410DB" w:rsidRDefault="00CF5A0C" w:rsidP="00CF5A0C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AC65BD9" w14:textId="3AE5FB3B" w:rsidR="00CF5A0C" w:rsidRPr="00CA0AAD" w:rsidRDefault="006A7B86" w:rsidP="006A7B86">
+    <w:p w14:paraId="4AC65BD9" w14:textId="391CBCFE" w:rsidR="00CF5A0C" w:rsidRPr="00CA0AAD" w:rsidRDefault="006A7B86" w:rsidP="006A7B86">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="420"/>
         </w:tabs>
         <w:ind w:left="422" w:hangingChars="200" w:hanging="422"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　</w:t>
       </w:r>
       <w:r w:rsidR="00CF5A0C" w:rsidRPr="00CA0AAD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>※</w:t>
       </w:r>
       <w:r w:rsidR="00CF5A0C" w:rsidRPr="002D56B5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00BB7B58">
-[...6 lines deleted...]
-        <w:t>25</w:t>
+      <w:r w:rsidR="000B62DE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>26</w:t>
       </w:r>
       <w:r w:rsidR="00CF5A0C" w:rsidRPr="002D56B5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r w:rsidR="00CF5A0C" w:rsidRPr="002D56B5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00CF5A0C" w:rsidRPr="002D56B5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
-      <w:r w:rsidR="00BB7B58">
-[...6 lines deleted...]
-        <w:t>20</w:t>
+      <w:r w:rsidR="00765E8A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>19</w:t>
       </w:r>
       <w:r w:rsidR="00C03D03" w:rsidRPr="00CA0AAD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>日（月）</w:t>
       </w:r>
       <w:r w:rsidR="00A554DA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>まで</w:t>
       </w:r>
       <w:r w:rsidR="00CF5A0C" w:rsidRPr="002C60AA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1539,51 +1539,51 @@
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="002C60AA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ail</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="002C60AA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00A554DA" w:rsidRPr="00BF0C07">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:hint="eastAsia"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>g</w:t>
         </w:r>
         <w:r w:rsidR="00A554DA" w:rsidRPr="00BF0C07">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>rad</w:t>
         </w:r>
         <w:r w:rsidR="00A554DA" w:rsidRPr="00BF0C07">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:hint="eastAsia"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>@soc.shukutoku.ac.jp</w:t>
@@ -1675,128 +1675,130 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="32440558" w14:textId="77777777" w:rsidR="009C46A6" w:rsidRDefault="009C46A6" w:rsidP="009C46A6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7104C93C" w14:textId="77777777" w:rsidR="009C46A6" w:rsidRDefault="009C46A6" w:rsidP="009C46A6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="96"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="32769">
+    <o:shapedefaults v:ext="edit" spidmax="36865">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF5A0C"/>
     <w:rsid w:val="00074DAD"/>
+    <w:rsid w:val="000B62DE"/>
     <w:rsid w:val="000D4713"/>
     <w:rsid w:val="00235592"/>
     <w:rsid w:val="00296926"/>
     <w:rsid w:val="002A2927"/>
     <w:rsid w:val="002D56B5"/>
     <w:rsid w:val="00312540"/>
     <w:rsid w:val="006A7B86"/>
     <w:rsid w:val="00740E41"/>
+    <w:rsid w:val="00765E8A"/>
     <w:rsid w:val="00784854"/>
     <w:rsid w:val="009758A7"/>
     <w:rsid w:val="009C46A6"/>
     <w:rsid w:val="00A554DA"/>
     <w:rsid w:val="00BB7B58"/>
     <w:rsid w:val="00C03D03"/>
     <w:rsid w:val="00C86792"/>
     <w:rsid w:val="00CA0AAD"/>
     <w:rsid w:val="00CF5A0C"/>
     <w:rsid w:val="00DF6BB0"/>
     <w:rsid w:val="00E44BE0"/>
     <w:rsid w:val="00F74AD3"/>
     <w:rsid w:val="00FE340B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="32769">
+    <o:shapedefaults v:ext="edit" spidmax="36865">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="05523FAC"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{15022CF7-1988-4706-87F8-EB512F6C8DE4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
@@ -1887,94 +1889,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -2266,51 +2272,51 @@
       <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="フッター (文字)"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009C46A6"/>
     <w:rPr>
       <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ 明朝" w:hAnsi="Century" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grad@soc.shukutoku.ac.jp" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grad@soc.shukutoku.ac.jp" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2577,52 +2583,72 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100AF30E2C2D8EA374FA80D074A9F864370" ma:contentTypeVersion="16" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="a71739ef6df15d6265780aabaca35102">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e5a8e1e5-9471-45f7-9a22-fd9520a7a1bb" xmlns:ns3="96f71496-4399-4035-ad15-0634aa7b2ca0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="94541efb45b0b17b7a09018f8ab6dbda" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e5a8e1e5-9471-45f7-9a22-fd9520a7a1bb">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="96f71496-4399-4035-ad15-0634aa7b2ca0" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100AF30E2C2D8EA374FA80D074A9F864370" ma:contentTypeVersion="16" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="daa6780d6cca62cb0e24af8d5fb234d0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e5a8e1e5-9471-45f7-9a22-fd9520a7a1bb" xmlns:ns3="96f71496-4399-4035-ad15-0634aa7b2ca0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1fb127e41663aa39c71af6a8a5807cea" ns2:_="" ns3:_="">
     <xsd:import namespace="e5a8e1e5-9471-45f7-9a22-fd9520a7a1bb"/>
     <xsd:import namespace="96f71496-4399-4035-ad15-0634aa7b2ca0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -2817,80 +2843,71 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A9F86ED-5CF8-4E3B-A393-0DE34F89427D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9FFEB4C1-B7A2-41BA-AC44-930F9FB8F70F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9FFEB4C1-B7A2-41BA-AC44-930F9FB8F70F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E6C997E-D0FF-4774-AC15-624AAE5E6ACB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e5a8e1e5-9471-45f7-9a22-fd9520a7a1bb"/>
+    <ds:schemaRef ds:uri="96f71496-4399-4035-ad15-0634aa7b2ca0"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E6C997E-D0FF-4774-AC15-624AAE5E6ACB}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5535CF16-A3F6-410D-AEA1-67CAF53D5DB7}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>97</Words>
   <Characters>554</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
@@ -2901,27 +2918,30 @@
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>650</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>執筆申込書.docx</dc:title>
   <dc:creator>石野 邦仁子</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100AF30E2C2D8EA374FA80D074A9F864370</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>