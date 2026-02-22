--- v0 (2025-11-03)
+++ v1 (2026-02-22)
@@ -4,58 +4,58 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://shukutoku-my.sharepoint.com/personal/u-hpsupport01_daijo_shukutoku_ac_jp/Documents/HP更新/2025年度/10月/14.キャリア教育・支援センター/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://shukutoku-my.sharepoint.com/personal/u-hpsupport01_daijo_shukutoku_ac_jp/Documents/HP更新/2025年度/11月/17.Excel版履歴書の差替/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{357F646C-0BB4-4EC5-BE11-4D025D59A496}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0BA38DE3-047B-47F7-8FAF-4B56C628AD48}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="17295" yWindow="-16320" windowWidth="29040" windowHeight="16440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="新 履歴書" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="32">
   <si>
     <t>自 己 紹 介 書</t>
     <rPh sb="0" eb="1">
       <t>ジ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>オノレ</t>
     </rPh>
@@ -351,51 +351,51 @@
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="41">
+  <borders count="51">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
@@ -861,57 +861,169 @@
     </border>
     <border>
       <left/>
       <right style="dotted">
         <color indexed="64"/>
       </right>
       <top style="dotted">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="dotted">
+        <color indexed="64"/>
+      </right>
+      <top style="dotted">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="dotted">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="dotted">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="dotted">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="dotted">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="dotted">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="dotted">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="102">
+  <cellXfs count="116">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -931,238 +1043,280 @@
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="30" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="18" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="19" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...82 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="18" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-      <alignment horizontal="left" vertical="center" indent="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" indent="1"/>
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" indent="1"/>
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" indent="1"/>
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" indent="1"/>
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" indent="1"/>
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" indent="1"/>
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
@@ -1843,860 +1997,867 @@
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="C5" sqref="C5:F8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="3.875" style="2" customWidth="1"/>
     <col min="2" max="2" width="11.125" style="2" customWidth="1"/>
     <col min="3" max="3" width="6.625" style="2" customWidth="1"/>
     <col min="4" max="4" width="29.5" style="2" customWidth="1"/>
     <col min="5" max="5" width="15.125" style="2" customWidth="1"/>
     <col min="6" max="6" width="9.5" style="2" customWidth="1"/>
     <col min="7" max="7" width="18.125" style="2" customWidth="1"/>
     <col min="8" max="8" width="9.5" style="2" customWidth="1"/>
     <col min="9" max="9" width="11.125" style="2" customWidth="1"/>
     <col min="10" max="10" width="6.625" style="2" customWidth="1"/>
     <col min="11" max="11" width="34.875" style="2" customWidth="1"/>
     <col min="12" max="12" width="7.625" style="2" customWidth="1"/>
     <col min="13" max="13" width="11.625" style="2" customWidth="1"/>
     <col min="14" max="14" width="18.125" style="2" customWidth="1"/>
     <col min="15" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="31" t="s">
+      <c r="A1" s="42" t="s">
         <v>24</v>
       </c>
-      <c r="B1" s="31"/>
-[...4 lines deleted...]
-      <c r="G1" s="31"/>
+      <c r="B1" s="42"/>
+      <c r="C1" s="42"/>
+      <c r="D1" s="42"/>
+      <c r="E1" s="42"/>
+      <c r="F1" s="42"/>
+      <c r="G1" s="42"/>
       <c r="H1" s="1"/>
-      <c r="I1" s="31" t="s">
+      <c r="I1" s="42" t="s">
         <v>0</v>
       </c>
-      <c r="J1" s="31"/>
-[...3 lines deleted...]
-      <c r="N1" s="31"/>
+      <c r="J1" s="42"/>
+      <c r="K1" s="42"/>
+      <c r="L1" s="42"/>
+      <c r="M1" s="42"/>
+      <c r="N1" s="42"/>
     </row>
     <row r="2" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="8"/>
       <c r="B2" s="8"/>
       <c r="C2" s="8"/>
       <c r="D2" s="8"/>
       <c r="E2" s="8"/>
       <c r="F2" s="8"/>
       <c r="G2" s="8"/>
       <c r="H2" s="1"/>
       <c r="I2" s="8"/>
       <c r="J2" s="8"/>
       <c r="K2" s="8"/>
       <c r="L2" s="8"/>
       <c r="M2" s="8"/>
       <c r="N2" s="8"/>
     </row>
     <row r="3" spans="1:14" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="1"/>
       <c r="B3" s="9"/>
       <c r="C3" s="9"/>
       <c r="D3" s="9"/>
-      <c r="E3" s="32" t="s">
+      <c r="E3" s="43" t="s">
         <v>1</v>
       </c>
-      <c r="F3" s="32"/>
+      <c r="F3" s="43"/>
       <c r="G3" s="3"/>
       <c r="H3" s="1"/>
       <c r="I3" s="9"/>
       <c r="J3" s="9"/>
       <c r="K3" s="9"/>
       <c r="L3" s="9"/>
       <c r="M3" s="9"/>
       <c r="N3" s="9"/>
     </row>
     <row r="4" spans="1:14" ht="25.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A4" s="1"/>
       <c r="B4" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="33"/>
-[...3 lines deleted...]
-      <c r="G4" s="36"/>
+      <c r="C4" s="44"/>
+      <c r="D4" s="45"/>
+      <c r="E4" s="45"/>
+      <c r="F4" s="46"/>
+      <c r="G4" s="47"/>
       <c r="H4" s="1"/>
       <c r="I4" s="12" t="s">
         <v>17</v>
       </c>
-      <c r="J4" s="38" t="s">
+      <c r="J4" s="49" t="s">
         <v>15</v>
       </c>
-      <c r="K4" s="38"/>
-      <c r="L4" s="39" t="s">
+      <c r="K4" s="49"/>
+      <c r="L4" s="50" t="s">
         <v>13</v>
       </c>
-      <c r="M4" s="34"/>
-      <c r="N4" s="35"/>
+      <c r="M4" s="45"/>
+      <c r="N4" s="46"/>
     </row>
     <row r="5" spans="1:14" ht="25.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A5" s="1"/>
-      <c r="B5" s="43" t="s">
+      <c r="B5" s="54" t="s">
         <v>5</v>
       </c>
-      <c r="C5" s="46"/>
-[...3 lines deleted...]
-      <c r="G5" s="37"/>
+      <c r="C5" s="57"/>
+      <c r="D5" s="57"/>
+      <c r="E5" s="57"/>
+      <c r="F5" s="58"/>
+      <c r="G5" s="48"/>
       <c r="H5" s="1"/>
-      <c r="I5" s="61" t="s">
+      <c r="I5" s="67" t="s">
         <v>16</v>
       </c>
-      <c r="J5" s="62"/>
-[...3 lines deleted...]
-      <c r="N5" s="42"/>
+      <c r="J5" s="68"/>
+      <c r="K5" s="69"/>
+      <c r="L5" s="51"/>
+      <c r="M5" s="52"/>
+      <c r="N5" s="53"/>
     </row>
     <row r="6" spans="1:14" ht="6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A6" s="1"/>
-      <c r="B6" s="44"/>
-[...4 lines deleted...]
-      <c r="G6" s="37"/>
+      <c r="B6" s="55"/>
+      <c r="C6" s="59"/>
+      <c r="D6" s="59"/>
+      <c r="E6" s="59"/>
+      <c r="F6" s="60"/>
+      <c r="G6" s="48"/>
       <c r="H6" s="1"/>
       <c r="I6" s="10"/>
       <c r="J6" s="10"/>
       <c r="K6" s="10"/>
       <c r="L6" s="11"/>
       <c r="M6" s="11"/>
       <c r="N6" s="11"/>
     </row>
     <row r="7" spans="1:14" ht="13.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A7" s="1"/>
-      <c r="B7" s="44"/>
-[...4 lines deleted...]
-      <c r="G7" s="37"/>
+      <c r="B7" s="55"/>
+      <c r="C7" s="59"/>
+      <c r="D7" s="59"/>
+      <c r="E7" s="59"/>
+      <c r="F7" s="60"/>
+      <c r="G7" s="48"/>
       <c r="H7" s="1"/>
-      <c r="I7" s="93" t="s">
+      <c r="I7" s="107" t="s">
         <v>26</v>
       </c>
-      <c r="J7" s="94"/>
-[...3 lines deleted...]
-      <c r="N7" s="95"/>
+      <c r="J7" s="108"/>
+      <c r="K7" s="108"/>
+      <c r="L7" s="108"/>
+      <c r="M7" s="108"/>
+      <c r="N7" s="109"/>
     </row>
     <row r="8" spans="1:14" ht="13.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A8" s="1"/>
-      <c r="B8" s="45"/>
-[...4 lines deleted...]
-      <c r="G8" s="37"/>
+      <c r="B8" s="56"/>
+      <c r="C8" s="52"/>
+      <c r="D8" s="52"/>
+      <c r="E8" s="52"/>
+      <c r="F8" s="53"/>
+      <c r="G8" s="48"/>
       <c r="H8" s="1"/>
-      <c r="I8" s="96"/>
-[...4 lines deleted...]
-      <c r="N8" s="98"/>
+      <c r="I8" s="110"/>
+      <c r="J8" s="111"/>
+      <c r="K8" s="111"/>
+      <c r="L8" s="111"/>
+      <c r="M8" s="111"/>
+      <c r="N8" s="112"/>
     </row>
     <row r="9" spans="1:14" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A9" s="1"/>
-      <c r="B9" s="27" t="s">
+      <c r="B9" s="23" t="s">
         <v>6</v>
       </c>
-      <c r="C9" s="64" t="s">
+      <c r="C9" s="70" t="s">
         <v>19</v>
       </c>
-      <c r="D9" s="65"/>
-[...2 lines deleted...]
-      <c r="G9" s="37"/>
+      <c r="D9" s="71"/>
+      <c r="E9" s="71"/>
+      <c r="F9" s="71"/>
+      <c r="G9" s="48"/>
       <c r="H9" s="1"/>
-      <c r="I9" s="96"/>
-[...4 lines deleted...]
-      <c r="N9" s="98"/>
+      <c r="I9" s="110"/>
+      <c r="J9" s="111"/>
+      <c r="K9" s="111"/>
+      <c r="L9" s="111"/>
+      <c r="M9" s="111"/>
+      <c r="N9" s="112"/>
     </row>
     <row r="10" spans="1:14" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A10" s="1"/>
       <c r="B10" s="14" t="s">
         <v>2</v>
       </c>
-      <c r="C10" s="59"/>
-[...3 lines deleted...]
-      <c r="G10" s="60"/>
+      <c r="C10" s="72"/>
+      <c r="D10" s="72"/>
+      <c r="E10" s="72"/>
+      <c r="F10" s="72"/>
+      <c r="G10" s="73"/>
       <c r="H10" s="1"/>
-      <c r="I10" s="96"/>
-[...4 lines deleted...]
-      <c r="N10" s="98"/>
+      <c r="I10" s="110"/>
+      <c r="J10" s="111"/>
+      <c r="K10" s="111"/>
+      <c r="L10" s="111"/>
+      <c r="M10" s="111"/>
+      <c r="N10" s="112"/>
     </row>
     <row r="11" spans="1:14" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A11" s="1"/>
-      <c r="B11" s="44" t="s">
+      <c r="B11" s="55" t="s">
         <v>7</v>
       </c>
-      <c r="C11" s="50" t="s">
+      <c r="C11" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="D11" s="50"/>
-      <c r="E11" s="51" t="s">
+      <c r="D11" s="27"/>
+      <c r="E11" s="61" t="s">
         <v>23</v>
       </c>
-      <c r="F11" s="52"/>
-      <c r="G11" s="53"/>
+      <c r="F11" s="62"/>
+      <c r="G11" s="63"/>
       <c r="H11" s="1"/>
-      <c r="I11" s="96"/>
-[...4 lines deleted...]
-      <c r="N11" s="98"/>
+      <c r="I11" s="110"/>
+      <c r="J11" s="111"/>
+      <c r="K11" s="111"/>
+      <c r="L11" s="111"/>
+      <c r="M11" s="111"/>
+      <c r="N11" s="112"/>
     </row>
     <row r="12" spans="1:14" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A12" s="1"/>
-      <c r="B12" s="44"/>
-      <c r="C12" s="54" t="s">
+      <c r="B12" s="55"/>
+      <c r="C12" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="D12" s="50"/>
-      <c r="E12" s="50" t="s">
+      <c r="D12" s="27"/>
+      <c r="E12" s="27" t="s">
         <v>25</v>
       </c>
-      <c r="F12" s="50"/>
-      <c r="G12" s="55"/>
+      <c r="F12" s="27"/>
+      <c r="G12" s="28"/>
       <c r="H12" s="1"/>
-      <c r="I12" s="99"/>
-[...4 lines deleted...]
-      <c r="N12" s="101"/>
+      <c r="I12" s="113"/>
+      <c r="J12" s="114"/>
+      <c r="K12" s="114"/>
+      <c r="L12" s="114"/>
+      <c r="M12" s="114"/>
+      <c r="N12" s="115"/>
     </row>
     <row r="13" spans="1:14" ht="13.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A13" s="1"/>
-      <c r="B13" s="44"/>
-[...4 lines deleted...]
-      <c r="G13" s="55"/>
+      <c r="B13" s="55"/>
+      <c r="C13" s="26"/>
+      <c r="D13" s="27"/>
+      <c r="E13" s="27"/>
+      <c r="F13" s="27"/>
+      <c r="G13" s="28"/>
       <c r="H13" s="1"/>
-      <c r="I13" s="84" t="s">
+      <c r="I13" s="98" t="s">
         <v>27</v>
       </c>
-      <c r="J13" s="85"/>
-[...3 lines deleted...]
-      <c r="N13" s="86"/>
+      <c r="J13" s="99"/>
+      <c r="K13" s="99"/>
+      <c r="L13" s="99"/>
+      <c r="M13" s="99"/>
+      <c r="N13" s="100"/>
     </row>
     <row r="14" spans="1:14" ht="13.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A14" s="1"/>
-      <c r="B14" s="27"/>
-[...4 lines deleted...]
-      <c r="G14" s="28"/>
+      <c r="B14" s="23"/>
+      <c r="C14" s="29"/>
+      <c r="D14" s="30"/>
+      <c r="E14" s="30"/>
+      <c r="F14" s="30"/>
+      <c r="G14" s="31"/>
       <c r="H14" s="1"/>
-      <c r="I14" s="87"/>
-[...4 lines deleted...]
-      <c r="N14" s="89"/>
+      <c r="I14" s="101"/>
+      <c r="J14" s="102"/>
+      <c r="K14" s="102"/>
+      <c r="L14" s="102"/>
+      <c r="M14" s="102"/>
+      <c r="N14" s="103"/>
     </row>
     <row r="15" spans="1:14" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A15" s="1"/>
       <c r="B15" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="C15" s="56"/>
-[...3 lines deleted...]
-      <c r="G15" s="58"/>
+      <c r="C15" s="64"/>
+      <c r="D15" s="65"/>
+      <c r="E15" s="65"/>
+      <c r="F15" s="65"/>
+      <c r="G15" s="66"/>
       <c r="H15" s="1"/>
-      <c r="I15" s="87"/>
-[...4 lines deleted...]
-      <c r="N15" s="89"/>
+      <c r="I15" s="101"/>
+      <c r="J15" s="102"/>
+      <c r="K15" s="102"/>
+      <c r="L15" s="102"/>
+      <c r="M15" s="102"/>
+      <c r="N15" s="103"/>
     </row>
     <row r="16" spans="1:14" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A16" s="1"/>
       <c r="B16" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="C16" s="56" t="s">
+      <c r="C16" s="64" t="s">
         <v>21</v>
       </c>
-      <c r="D16" s="57"/>
-[...2 lines deleted...]
-      <c r="G16" s="58"/>
+      <c r="D16" s="65"/>
+      <c r="E16" s="65"/>
+      <c r="F16" s="65"/>
+      <c r="G16" s="66"/>
       <c r="H16" s="1"/>
-      <c r="I16" s="90"/>
-[...4 lines deleted...]
-      <c r="N16" s="92"/>
+      <c r="I16" s="104"/>
+      <c r="J16" s="105"/>
+      <c r="K16" s="105"/>
+      <c r="L16" s="105"/>
+      <c r="M16" s="105"/>
+      <c r="N16" s="106"/>
     </row>
     <row r="17" spans="1:14" ht="13.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A17" s="1"/>
-      <c r="B17" s="14" t="s">
+      <c r="B17" s="24" t="s">
         <v>2</v>
       </c>
-      <c r="C17" s="59"/>
-[...3 lines deleted...]
-      <c r="G17" s="60"/>
+      <c r="C17" s="74"/>
+      <c r="D17" s="75"/>
+      <c r="E17" s="75"/>
+      <c r="F17" s="75"/>
+      <c r="G17" s="76"/>
       <c r="H17" s="1"/>
-      <c r="I17" s="84" t="s">
+      <c r="I17" s="98" t="s">
         <v>28</v>
       </c>
-      <c r="J17" s="85"/>
-[...3 lines deleted...]
-      <c r="N17" s="86"/>
+      <c r="J17" s="99"/>
+      <c r="K17" s="99"/>
+      <c r="L17" s="99"/>
+      <c r="M17" s="99"/>
+      <c r="N17" s="100"/>
     </row>
     <row r="18" spans="1:14" ht="13.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A18" s="1"/>
-      <c r="B18" s="27"/>
-[...4 lines deleted...]
-      <c r="G18" s="30"/>
+      <c r="B18" s="25"/>
+      <c r="C18" s="77"/>
+      <c r="D18" s="78"/>
+      <c r="E18" s="78"/>
+      <c r="F18" s="78"/>
+      <c r="G18" s="79"/>
       <c r="H18" s="1"/>
-      <c r="I18" s="87"/>
-[...4 lines deleted...]
-      <c r="N18" s="89"/>
+      <c r="I18" s="101"/>
+      <c r="J18" s="102"/>
+      <c r="K18" s="102"/>
+      <c r="L18" s="102"/>
+      <c r="M18" s="102"/>
+      <c r="N18" s="103"/>
     </row>
     <row r="19" spans="1:14" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A19" s="1"/>
-      <c r="B19" s="69" t="s">
+      <c r="B19" s="83" t="s">
         <v>8</v>
       </c>
-      <c r="C19" s="50" t="s">
+      <c r="C19" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="D19" s="50"/>
-      <c r="E19" s="71" t="s">
+      <c r="D19" s="27"/>
+      <c r="E19" s="85" t="s">
         <v>22</v>
       </c>
-      <c r="F19" s="72"/>
-      <c r="G19" s="73"/>
+      <c r="F19" s="86"/>
+      <c r="G19" s="87"/>
       <c r="H19" s="1"/>
-      <c r="I19" s="87"/>
-[...4 lines deleted...]
-      <c r="N19" s="89"/>
+      <c r="I19" s="101"/>
+      <c r="J19" s="102"/>
+      <c r="K19" s="102"/>
+      <c r="L19" s="102"/>
+      <c r="M19" s="102"/>
+      <c r="N19" s="103"/>
     </row>
     <row r="20" spans="1:14" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A20" s="1"/>
-      <c r="B20" s="70"/>
-[...4 lines deleted...]
-      <c r="G20" s="42"/>
+      <c r="B20" s="84"/>
+      <c r="C20" s="52"/>
+      <c r="D20" s="52"/>
+      <c r="E20" s="52"/>
+      <c r="F20" s="52"/>
+      <c r="G20" s="53"/>
       <c r="H20" s="1"/>
-      <c r="I20" s="87"/>
-[...4 lines deleted...]
-      <c r="N20" s="89"/>
+      <c r="I20" s="101"/>
+      <c r="J20" s="102"/>
+      <c r="K20" s="102"/>
+      <c r="L20" s="102"/>
+      <c r="M20" s="102"/>
+      <c r="N20" s="103"/>
     </row>
     <row r="21" spans="1:14" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A21" s="1"/>
-      <c r="B21" s="74" t="s">
+      <c r="B21" s="88" t="s">
         <v>11</v>
       </c>
-      <c r="C21" s="74"/>
-[...3 lines deleted...]
-      <c r="G21" s="74"/>
+      <c r="C21" s="88"/>
+      <c r="D21" s="88"/>
+      <c r="E21" s="88"/>
+      <c r="F21" s="88"/>
+      <c r="G21" s="88"/>
       <c r="H21" s="1"/>
-      <c r="I21" s="87"/>
-[...4 lines deleted...]
-      <c r="N21" s="89"/>
+      <c r="I21" s="101"/>
+      <c r="J21" s="102"/>
+      <c r="K21" s="102"/>
+      <c r="L21" s="102"/>
+      <c r="M21" s="102"/>
+      <c r="N21" s="103"/>
     </row>
     <row r="22" spans="1:14" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A22" s="1"/>
       <c r="B22" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="C22" s="25" t="s">
+      <c r="C22" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D22" s="75" t="s">
+      <c r="D22" s="89" t="s">
         <v>12</v>
       </c>
-      <c r="E22" s="76"/>
-[...1 lines deleted...]
-      <c r="G22" s="77"/>
+      <c r="E22" s="90"/>
+      <c r="F22" s="90"/>
+      <c r="G22" s="91"/>
       <c r="H22" s="1"/>
-      <c r="I22" s="87"/>
-[...4 lines deleted...]
-      <c r="N22" s="89"/>
+      <c r="I22" s="101"/>
+      <c r="J22" s="102"/>
+      <c r="K22" s="102"/>
+      <c r="L22" s="102"/>
+      <c r="M22" s="102"/>
+      <c r="N22" s="103"/>
     </row>
     <row r="23" spans="1:14" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A23" s="1"/>
       <c r="B23" s="17"/>
       <c r="C23" s="19"/>
-      <c r="D23" s="78"/>
-[...2 lines deleted...]
-      <c r="G23" s="80"/>
+      <c r="D23" s="92"/>
+      <c r="E23" s="93"/>
+      <c r="F23" s="93"/>
+      <c r="G23" s="94"/>
       <c r="H23" s="1"/>
-      <c r="I23" s="90"/>
-[...4 lines deleted...]
-      <c r="N23" s="92"/>
+      <c r="I23" s="104"/>
+      <c r="J23" s="105"/>
+      <c r="K23" s="105"/>
+      <c r="L23" s="105"/>
+      <c r="M23" s="105"/>
+      <c r="N23" s="106"/>
     </row>
     <row r="24" spans="1:14" ht="13.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A24" s="1"/>
-      <c r="B24" s="15"/>
-[...4 lines deleted...]
-      <c r="G24" s="68"/>
+      <c r="B24" s="32"/>
+      <c r="C24" s="34"/>
+      <c r="D24" s="36"/>
+      <c r="E24" s="37"/>
+      <c r="F24" s="37"/>
+      <c r="G24" s="38"/>
       <c r="H24" s="1"/>
-      <c r="I24" s="84" t="s">
+      <c r="I24" s="98" t="s">
         <v>29</v>
       </c>
-      <c r="J24" s="85"/>
-[...3 lines deleted...]
-      <c r="N24" s="86"/>
+      <c r="J24" s="99"/>
+      <c r="K24" s="99"/>
+      <c r="L24" s="99"/>
+      <c r="M24" s="99"/>
+      <c r="N24" s="100"/>
     </row>
     <row r="25" spans="1:14" ht="13.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A25" s="1"/>
-      <c r="B25" s="15"/>
-[...4 lines deleted...]
-      <c r="G25" s="23"/>
+      <c r="B25" s="33"/>
+      <c r="C25" s="35"/>
+      <c r="D25" s="39"/>
+      <c r="E25" s="40"/>
+      <c r="F25" s="40"/>
+      <c r="G25" s="41"/>
       <c r="H25" s="1"/>
-      <c r="I25" s="87"/>
-[...4 lines deleted...]
-      <c r="N25" s="89"/>
+      <c r="I25" s="101"/>
+      <c r="J25" s="102"/>
+      <c r="K25" s="102"/>
+      <c r="L25" s="102"/>
+      <c r="M25" s="102"/>
+      <c r="N25" s="103"/>
     </row>
     <row r="26" spans="1:14" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A26" s="1"/>
       <c r="B26" s="15"/>
       <c r="C26" s="20"/>
-      <c r="D26" s="66"/>
-[...2 lines deleted...]
-      <c r="G26" s="68"/>
+      <c r="D26" s="80"/>
+      <c r="E26" s="81"/>
+      <c r="F26" s="81"/>
+      <c r="G26" s="82"/>
       <c r="H26" s="1"/>
-      <c r="I26" s="87"/>
-[...4 lines deleted...]
-      <c r="N26" s="89"/>
+      <c r="I26" s="101"/>
+      <c r="J26" s="102"/>
+      <c r="K26" s="102"/>
+      <c r="L26" s="102"/>
+      <c r="M26" s="102"/>
+      <c r="N26" s="103"/>
     </row>
     <row r="27" spans="1:14" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A27" s="1"/>
       <c r="B27" s="15"/>
       <c r="C27" s="20"/>
-      <c r="D27" s="66"/>
-[...2 lines deleted...]
-      <c r="G27" s="68"/>
+      <c r="D27" s="80"/>
+      <c r="E27" s="81"/>
+      <c r="F27" s="81"/>
+      <c r="G27" s="82"/>
       <c r="H27" s="1"/>
-      <c r="I27" s="90"/>
-[...4 lines deleted...]
-      <c r="N27" s="92"/>
+      <c r="I27" s="104"/>
+      <c r="J27" s="105"/>
+      <c r="K27" s="105"/>
+      <c r="L27" s="105"/>
+      <c r="M27" s="105"/>
+      <c r="N27" s="106"/>
     </row>
     <row r="28" spans="1:14" ht="13.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A28" s="1"/>
-      <c r="B28" s="15"/>
-[...4 lines deleted...]
-      <c r="G28" s="68"/>
+      <c r="B28" s="32"/>
+      <c r="C28" s="34"/>
+      <c r="D28" s="36"/>
+      <c r="E28" s="37"/>
+      <c r="F28" s="37"/>
+      <c r="G28" s="38"/>
       <c r="H28" s="1"/>
-      <c r="I28" s="84" t="s">
+      <c r="I28" s="98" t="s">
         <v>30</v>
       </c>
-      <c r="J28" s="85"/>
-[...3 lines deleted...]
-      <c r="N28" s="86"/>
+      <c r="J28" s="99"/>
+      <c r="K28" s="99"/>
+      <c r="L28" s="99"/>
+      <c r="M28" s="99"/>
+      <c r="N28" s="100"/>
     </row>
     <row r="29" spans="1:14" ht="13.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A29" s="1"/>
-      <c r="B29" s="15"/>
-[...4 lines deleted...]
-      <c r="G29" s="23"/>
+      <c r="B29" s="33"/>
+      <c r="C29" s="35"/>
+      <c r="D29" s="39"/>
+      <c r="E29" s="40"/>
+      <c r="F29" s="40"/>
+      <c r="G29" s="41"/>
       <c r="H29" s="1"/>
-      <c r="I29" s="87"/>
-[...4 lines deleted...]
-      <c r="N29" s="89"/>
+      <c r="I29" s="101"/>
+      <c r="J29" s="102"/>
+      <c r="K29" s="102"/>
+      <c r="L29" s="102"/>
+      <c r="M29" s="102"/>
+      <c r="N29" s="103"/>
     </row>
     <row r="30" spans="1:14" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A30" s="1"/>
       <c r="B30" s="15"/>
       <c r="C30" s="20"/>
-      <c r="D30" s="66"/>
-[...2 lines deleted...]
-      <c r="G30" s="68"/>
+      <c r="D30" s="80"/>
+      <c r="E30" s="81"/>
+      <c r="F30" s="81"/>
+      <c r="G30" s="82"/>
       <c r="H30" s="1"/>
-      <c r="I30" s="87"/>
-[...4 lines deleted...]
-      <c r="N30" s="89"/>
+      <c r="I30" s="101"/>
+      <c r="J30" s="102"/>
+      <c r="K30" s="102"/>
+      <c r="L30" s="102"/>
+      <c r="M30" s="102"/>
+      <c r="N30" s="103"/>
     </row>
     <row r="31" spans="1:14" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A31" s="1"/>
       <c r="B31" s="15"/>
       <c r="C31" s="20"/>
-      <c r="D31" s="66"/>
-[...2 lines deleted...]
-      <c r="G31" s="68"/>
+      <c r="D31" s="80"/>
+      <c r="E31" s="81"/>
+      <c r="F31" s="81"/>
+      <c r="G31" s="82"/>
       <c r="H31" s="1"/>
-      <c r="I31" s="90"/>
-[...4 lines deleted...]
-      <c r="N31" s="92"/>
+      <c r="I31" s="104"/>
+      <c r="J31" s="105"/>
+      <c r="K31" s="105"/>
+      <c r="L31" s="105"/>
+      <c r="M31" s="105"/>
+      <c r="N31" s="106"/>
     </row>
     <row r="32" spans="1:14" ht="13.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A32" s="1"/>
-      <c r="B32" s="15"/>
-[...4 lines deleted...]
-      <c r="G32" s="68"/>
+      <c r="B32" s="32"/>
+      <c r="C32" s="34"/>
+      <c r="D32" s="36"/>
+      <c r="E32" s="37"/>
+      <c r="F32" s="37"/>
+      <c r="G32" s="38"/>
       <c r="H32" s="1"/>
-      <c r="I32" s="84" t="s">
+      <c r="I32" s="98" t="s">
         <v>31</v>
       </c>
-      <c r="J32" s="85"/>
-[...3 lines deleted...]
-      <c r="N32" s="86"/>
+      <c r="J32" s="99"/>
+      <c r="K32" s="99"/>
+      <c r="L32" s="99"/>
+      <c r="M32" s="99"/>
+      <c r="N32" s="100"/>
     </row>
     <row r="33" spans="1:14" ht="13.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A33" s="1"/>
-      <c r="B33" s="15"/>
-[...4 lines deleted...]
-      <c r="G33" s="23"/>
+      <c r="B33" s="33"/>
+      <c r="C33" s="35"/>
+      <c r="D33" s="39"/>
+      <c r="E33" s="40"/>
+      <c r="F33" s="40"/>
+      <c r="G33" s="41"/>
       <c r="H33" s="1"/>
-      <c r="I33" s="87"/>
-[...4 lines deleted...]
-      <c r="N33" s="89"/>
+      <c r="I33" s="101"/>
+      <c r="J33" s="102"/>
+      <c r="K33" s="102"/>
+      <c r="L33" s="102"/>
+      <c r="M33" s="102"/>
+      <c r="N33" s="103"/>
     </row>
     <row r="34" spans="1:14" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A34" s="1"/>
       <c r="B34" s="15"/>
       <c r="C34" s="20"/>
-      <c r="D34" s="66"/>
-[...2 lines deleted...]
-      <c r="G34" s="68"/>
+      <c r="D34" s="80"/>
+      <c r="E34" s="81"/>
+      <c r="F34" s="81"/>
+      <c r="G34" s="82"/>
       <c r="H34" s="1"/>
-      <c r="I34" s="87"/>
-[...4 lines deleted...]
-      <c r="N34" s="89"/>
+      <c r="I34" s="101"/>
+      <c r="J34" s="102"/>
+      <c r="K34" s="102"/>
+      <c r="L34" s="102"/>
+      <c r="M34" s="102"/>
+      <c r="N34" s="103"/>
     </row>
     <row r="35" spans="1:14" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A35" s="1"/>
       <c r="B35" s="15"/>
       <c r="C35" s="20"/>
-      <c r="D35" s="66"/>
-[...2 lines deleted...]
-      <c r="G35" s="68"/>
+      <c r="D35" s="80"/>
+      <c r="E35" s="81"/>
+      <c r="F35" s="81"/>
+      <c r="G35" s="82"/>
       <c r="H35" s="1"/>
-      <c r="I35" s="87"/>
-[...4 lines deleted...]
-      <c r="N35" s="89"/>
+      <c r="I35" s="101"/>
+      <c r="J35" s="102"/>
+      <c r="K35" s="102"/>
+      <c r="L35" s="102"/>
+      <c r="M35" s="102"/>
+      <c r="N35" s="103"/>
     </row>
     <row r="36" spans="1:14" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A36" s="1"/>
       <c r="B36" s="15"/>
       <c r="C36" s="20"/>
-      <c r="D36" s="66"/>
-[...2 lines deleted...]
-      <c r="G36" s="68"/>
+      <c r="D36" s="80"/>
+      <c r="E36" s="81"/>
+      <c r="F36" s="81"/>
+      <c r="G36" s="82"/>
       <c r="H36" s="1"/>
-      <c r="I36" s="87"/>
-[...4 lines deleted...]
-      <c r="N36" s="89"/>
+      <c r="I36" s="101"/>
+      <c r="J36" s="102"/>
+      <c r="K36" s="102"/>
+      <c r="L36" s="102"/>
+      <c r="M36" s="102"/>
+      <c r="N36" s="103"/>
     </row>
     <row r="37" spans="1:14" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A37" s="1"/>
       <c r="B37" s="15"/>
       <c r="C37" s="20"/>
-      <c r="D37" s="66"/>
-[...2 lines deleted...]
-      <c r="G37" s="68"/>
+      <c r="D37" s="80"/>
+      <c r="E37" s="81"/>
+      <c r="F37" s="81"/>
+      <c r="G37" s="82"/>
       <c r="H37" s="1"/>
-      <c r="I37" s="87"/>
-[...4 lines deleted...]
-      <c r="N37" s="89"/>
+      <c r="I37" s="101"/>
+      <c r="J37" s="102"/>
+      <c r="K37" s="102"/>
+      <c r="L37" s="102"/>
+      <c r="M37" s="102"/>
+      <c r="N37" s="103"/>
     </row>
     <row r="38" spans="1:14" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A38" s="1"/>
       <c r="B38" s="16"/>
-      <c r="C38" s="24"/>
-[...3 lines deleted...]
-      <c r="G38" s="83"/>
+      <c r="C38" s="21"/>
+      <c r="D38" s="95"/>
+      <c r="E38" s="96"/>
+      <c r="F38" s="96"/>
+      <c r="G38" s="97"/>
       <c r="H38" s="1"/>
-      <c r="I38" s="90"/>
-[...4 lines deleted...]
-      <c r="N38" s="92"/>
+      <c r="I38" s="104"/>
+      <c r="J38" s="105"/>
+      <c r="K38" s="105"/>
+      <c r="L38" s="105"/>
+      <c r="M38" s="105"/>
+      <c r="N38" s="106"/>
     </row>
     <row r="39" spans="1:14" ht="25.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A39" s="1"/>
       <c r="B39" s="6"/>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
       <c r="E39" s="1"/>
       <c r="F39" s="1"/>
       <c r="G39" s="7" t="s">
         <v>18</v>
       </c>
       <c r="H39" s="1"/>
       <c r="I39" s="5"/>
       <c r="J39" s="6"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
     </row>
     <row r="40" spans="1:14" ht="17.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A40" s="1"/>
       <c r="H40" s="1"/>
       <c r="I40" s="1"/>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1"/>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
     </row>
     <row r="41" spans="1:14" ht="25.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A41" s="1"/>
       <c r="B41" s="1"/>
       <c r="C41" s="1"/>
       <c r="D41" s="1"/>
       <c r="E41" s="1"/>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
       <c r="I41" s="1"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
     </row>
   </sheetData>
-  <mergeCells count="47">
+  <mergeCells count="54">
+    <mergeCell ref="B28:B29"/>
     <mergeCell ref="D38:G38"/>
     <mergeCell ref="I13:N16"/>
     <mergeCell ref="I7:N12"/>
     <mergeCell ref="I17:N23"/>
     <mergeCell ref="I24:N27"/>
     <mergeCell ref="I28:N31"/>
     <mergeCell ref="I32:N38"/>
     <mergeCell ref="D30:G30"/>
     <mergeCell ref="D31:G31"/>
-    <mergeCell ref="D32:G32"/>
     <mergeCell ref="D34:G34"/>
     <mergeCell ref="D35:G35"/>
     <mergeCell ref="D36:G36"/>
     <mergeCell ref="D37:G37"/>
-    <mergeCell ref="D24:G24"/>
     <mergeCell ref="D26:G26"/>
+    <mergeCell ref="C10:G10"/>
+    <mergeCell ref="C17:G18"/>
     <mergeCell ref="D27:G27"/>
-    <mergeCell ref="D28:G28"/>
     <mergeCell ref="B19:B20"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="E19:G19"/>
     <mergeCell ref="C20:G20"/>
     <mergeCell ref="B21:G21"/>
     <mergeCell ref="D22:G22"/>
     <mergeCell ref="D23:G23"/>
-    <mergeCell ref="C15:G15"/>
-[...10 lines deleted...]
-    <mergeCell ref="C13:G13"/>
+    <mergeCell ref="B24:B25"/>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="I1:N1"/>
     <mergeCell ref="E3:F3"/>
     <mergeCell ref="C4:F4"/>
     <mergeCell ref="G4:G9"/>
     <mergeCell ref="J4:K4"/>
     <mergeCell ref="L4:L5"/>
     <mergeCell ref="M4:N5"/>
     <mergeCell ref="B5:B8"/>
     <mergeCell ref="C5:F8"/>
+    <mergeCell ref="I5:K5"/>
+    <mergeCell ref="C9:F9"/>
+    <mergeCell ref="B17:B18"/>
+    <mergeCell ref="C13:G14"/>
+    <mergeCell ref="B32:B33"/>
+    <mergeCell ref="C24:C25"/>
+    <mergeCell ref="C28:C29"/>
+    <mergeCell ref="C32:C33"/>
+    <mergeCell ref="D24:G25"/>
+    <mergeCell ref="D28:G29"/>
+    <mergeCell ref="D32:G33"/>
+    <mergeCell ref="B11:B13"/>
+    <mergeCell ref="C11:D11"/>
+    <mergeCell ref="E11:G11"/>
+    <mergeCell ref="C12:D12"/>
+    <mergeCell ref="E12:G12"/>
+    <mergeCell ref="C15:G15"/>
+    <mergeCell ref="C16:G16"/>
   </mergeCells>
   <phoneticPr fontId="11"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.55118110236220474" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="97" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e5a8e1e5-9471-45f7-9a22-fd9520a7a1bb">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="96f71496-4399-4035-ad15-0634aa7b2ca0" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100AF30E2C2D8EA374FA80D074A9F864370" ma:contentTypeVersion="16" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="a71739ef6df15d6265780aabaca35102">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e5a8e1e5-9471-45f7-9a22-fd9520a7a1bb" xmlns:ns3="96f71496-4399-4035-ad15-0634aa7b2ca0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="94541efb45b0b17b7a09018f8ab6dbda" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100AF30E2C2D8EA374FA80D074A9F864370" ma:contentTypeVersion="16" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="daa6780d6cca62cb0e24af8d5fb234d0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e5a8e1e5-9471-45f7-9a22-fd9520a7a1bb" xmlns:ns3="96f71496-4399-4035-ad15-0634aa7b2ca0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1fb127e41663aa39c71af6a8a5807cea" ns2:_="" ns3:_="">
     <xsd:import namespace="e5a8e1e5-9471-45f7-9a22-fd9520a7a1bb"/>
     <xsd:import namespace="96f71496-4399-4035-ad15-0634aa7b2ca0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -2917,51 +3078,51 @@
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{163F1044-B8D7-4C44-9893-1BD9BEEFBEA3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="96f71496-4399-4035-ad15-0634aa7b2ca0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="e5a8e1e5-9471-45f7-9a22-fd9520a7a1bb"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73A16E85-0969-444E-B4EA-F6670B3EDCF9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91B01E67-71FA-44F8-B218-9FB0FA137B2B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E8ACBF6-B39B-4734-AB6D-86056BA7B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e5a8e1e5-9471-45f7-9a22-fd9520a7a1bb"/>
     <ds:schemaRef ds:uri="96f71496-4399-4035-ad15-0634aa7b2ca0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
@@ -2979,27 +3140,30 @@
   </TitlesOfParts>
   <Company>HP Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>淑徳大学 履歴書【Excel版】.xlsx</dc:title>
   <dc:creator>大沼 千加</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100AF30E2C2D8EA374FA80D074A9F864370</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>